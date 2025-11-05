--- v0 (2025-11-05)
+++ v1 (2025-11-05)
@@ -7,51 +7,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Strutture ricettive" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="13" uniqueCount="13">
   <si>
-    <t>Lista servizi aggiornata al 05/11/2025 10:38:28</t>
+    <t>Lista servizi aggiornata al 05/11/2025 11:50:48</t>
   </si>
   <si>
     <t>Nome</t>
   </si>
   <si>
     <t>Località</t>
   </si>
   <si>
     <t>Latitudine</t>
   </si>
   <si>
     <t>Longitudine</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Website</t>
   </si>
   <si>
     <t>Indirizzo</t>
   </si>
   <si>
     <t>Bici Shop</t>
   </si>