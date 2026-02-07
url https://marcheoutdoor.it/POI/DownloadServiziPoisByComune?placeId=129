--- v1 (2025-11-05)
+++ v2 (2026-02-07)
@@ -7,51 +7,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Strutture ricettive" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="13" uniqueCount="13">
   <si>
-    <t>Lista servizi aggiornata al 05/11/2025 11:50:48</t>
+    <t>Lista servizi aggiornata al 07/02/2026 04:31:06</t>
   </si>
   <si>
     <t>Nome</t>
   </si>
   <si>
     <t>Località</t>
   </si>
   <si>
     <t>Latitudine</t>
   </si>
   <si>
     <t>Longitudine</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Website</t>
   </si>
   <si>
     <t>Indirizzo</t>
   </si>
   <si>
     <t>Bici Shop</t>
   </si>